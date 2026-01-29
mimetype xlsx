--- v0 (2025-10-30)
+++ v1 (2026-01-29)
@@ -10,85 +10,100 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="102">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/252/14101503.pdf</t>
+  </si>
+  <si>
+    <t>APROVA A PRESTAÇÃO DE CONTAS DO MUNICIPIO DE MANCIO LIMA, EXERCICIO FINANCEIRO DE 2021 DE RESPONSABILIDADE DO SENHOR ISAAC DE SOUZA LIMA.</t>
+  </si>
+  <si>
     <t>235</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>PLOC</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>VLADI VASCONCELOS</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/235/03061526.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO TERÇO DOS HOMENS EM MANCIO LIMA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/232/28121402.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONCESSAO DE AUXILIO ALIMENTAÇÃO AOS VEREADORES E SERVIDORES DO PODER LEGISLATIVO DE MANCIO LIMA - AC, E DA OUTRAS PROVIDENCIAS.</t>
@@ -129,50 +144,62 @@
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ALICE ROCHA</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/234/03061507.pdf</t>
   </si>
   <si>
     <t>INCLUI NA GRADE CURRICULAR DA REDE PUBLICA DE ENSINO DO MUNICIPIO DE MANCIO LIMA A DISCIPLINA DE EDUCAÇÃO FISICA E DETERMINA QUE A DOCENCIA DA REFERIDA DISCIPLINA SEJA FEITA POR EXCLUSIVIDADE E OBRIGATORIAMENTE POR PROFISSIONAL EDUCADOR FISICO INSCRITO NO CONSELHO REGIONAL DA CATEGORIA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/238/11061500.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A OBRIGATORIEDADE DE ESCOLAS LOCALIZADAS NO MUNICIPIO DE MANCIO LIMA - ACRE, NOTIFICAREM AS AUTORIDADES COMPETENTES A OCORRENCIA DE VIOLENCIA E ABUSO SEXUAL CONTRA CRIANÇAS E ADOLESCENTES</t>
   </si>
   <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/245/01101501.pdf</t>
+  </si>
+  <si>
+    <t>Reserva às pessoas pretas ou pardas e indígenas o percentual de 20% (trinta por cento) das vagas oferecidas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração pública municipal nos processos seletivos simplificados para o recrutamento de pessoal nas hipóteses de contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público para os órgãos da administração pública municipal.</t>
+  </si>
+  <si>
     <t>233</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/233/03011500.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO A CONTRATAR EMERGENCIALMENTE EM CARATER TEMPORARIO PROFISISONAIS PARA ATUAR NO AMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E DESPORTO, A FIM DE ATENDER AS NECESSIDDADES DA REDE PUBLICA MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/236/03061525.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CRIAÇAO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DA CAMARA MUNICIPAL INTERSETORIAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL DO MUNICIPIO DE MANCIO LIMA, ESTADO DO ACRE NO AMBITO DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL-SISAN.</t>
@@ -183,60 +210,141 @@
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/237/03061522.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 166/03 DE 07 DE AGOSTO DE 2003, QUE DISPOE SOBRE O ESTASTUTO DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE MANCIO LIMA-ACRE, E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/239/03061510.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DE UMA AREA LOCALIZADA NA COMUNIDADE RURAL "PENTECOSTES"NO MUNICIPIO DE MANCIO LIMA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/242/19061503.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXILIO-ALIMENTAÇAO A SERVIDORES PÚBLICOS EFETIVOS DO MUNICÍPIO DE MANCIO LIMA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/250/01101515.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O FESTIVAL DO COCO NO MUNICIPIO DE MANCIO LIMA - ACRE E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/249/01101510.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ALIENAÇÃO DE BENS MÓVEIS INSERVÍVEIS OU ANTIECONÔMICOS DO MUNICIPIO DE MÂNCIO LIMA - AC E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/248/01101509.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A EXTENSÃO DA CARGA HORÁRIA DOS CARGOS DE CIRURGIÃO-DENTISTA DO MUNICÍPIO DE MÂNCIO LIMA – AC E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/247/01101507.pdf</t>
+  </si>
+  <si>
+    <t>RECONHECE O NOVENÁRIO DE SÃO FRANCISCO DE ASSIS COMO FESTA CULTURAL DE TRADIÇÃO POPULAR DO MUNICÍPIO DE MÂNCIO LIMA, INCLUI O EVENTO NO CALENDÁRIO OFICIAL DE FESTIVIDADES DO MUNICÍPIO E DECRETA FERIADO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/246/01101502.pdf</t>
+  </si>
+  <si>
+    <t>REGULAMENTA A PROCURADORIA GERAL (PGM) NO MUNICIPIO DE MANCIO LIMA E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/244/01101500.pdf</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE A CRIAÇÃO DAS ESCOLAS MUNICIPAIS MONTEIRO LOBATO E CRIANÇA FELIZ NO AMBITO DO SISTEMA MUNICIPAL DE ENSINO DE MANCIO LIMA E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
     <t>243</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE VALORIZAÇAO DA DOCÊNCIA - PROVAD, QUE CONCEDE INCENTIVO FINANCEIRO AOS PROFESSORES EFETIVOS EM EXERCÍCIO DE SALA DE AULA NA REDE MUNICIPAL DE ENSINO DE MANCIO LIMA-AC, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/251/01101524.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 415, DE 19 DE JULHO DE 2019, QUE TRATA DA CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO DO MUNICÍPIO DE MÂNCIO LIMA – AC</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/231/28121401.pdf</t>
   </si>
   <si>
     <t>SUSPENDE A RESOLUÇÃO Nº 01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -555,56 +663,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/235/03061526.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/232/28121402.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/240/19061500.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/241/19061501.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/234/03061507.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/238/11061500.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/233/03011500.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/236/03061525.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/237/03061522.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/239/03061510.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/242/19061503.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/231/28121401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/252/14101503.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/235/03061526.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/232/28121402.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/240/19061500.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/241/19061501.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/234/03061507.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/238/11061500.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/245/01101501.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/233/03011500.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/236/03061525.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/237/03061522.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/239/03061510.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/242/19061503.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/250/01101515.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/249/01101510.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/248/01101509.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/247/01101507.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/246/01101502.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/244/01101500.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/251/01101524.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manciolima.ac.leg.br/media/sapl/public/materialegislativa/2025/231/28121401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="85.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -618,381 +726,621 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="F3" t="s">
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" t="s">
         <v>17</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
         <v>51</v>
       </c>
-      <c r="B11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>51</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H14" t="s">
         <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>51</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>50</v>
+      </c>
+      <c r="F22" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H22" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>98</v>
+      </c>
+      <c r="E23" t="s">
+        <v>99</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H23" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>